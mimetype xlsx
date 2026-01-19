--- v0 (2025-11-09)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="ROASTER DATA" sheetId="1" r:id="rId1"/>
     <sheet name="INSTRUCTIONS" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Available Size</t>
   </si>
   <si>
     <t>Youth S</t>
   </si>
   <si>
     <t>Youth M</t>
   </si>
   <si>
     <t>Youth L</t>
   </si>
   <si>
@@ -69,50 +69,53 @@
     <t>White</t>
   </si>
   <si>
     <t>Navy</t>
   </si>
   <si>
     <t>Royal</t>
   </si>
   <si>
     <t>Gray</t>
   </si>
   <si>
     <t>Red</t>
   </si>
   <si>
     <t>Available Logo</t>
   </si>
   <si>
     <t>Logo 1</t>
   </si>
   <si>
     <t>Logo 2</t>
   </si>
   <si>
     <t>Logo 3</t>
+  </si>
+  <si>
+    <t>None</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -497,50 +500,53 @@
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="B6" t="s">
         <v>12</v>
       </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:3">
       <c r="B7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="B8" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>